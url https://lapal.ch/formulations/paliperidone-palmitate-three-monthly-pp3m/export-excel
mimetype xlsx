--- v0 (2025-12-05)
+++ v1 (2026-03-08)
@@ -28,65 +28,68 @@
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Formulations" sheetId="1" r:id="rId4"/>
     <sheet name="Clinical trials" sheetId="2" r:id="rId5"/>
     <sheet name="Key resources" sheetId="3" r:id="rId6"/>
     <sheet name="Regulatory status" sheetId="4" r:id="rId7"/>
     <sheet name="Patent Medspal" sheetId="5" r:id="rId8"/>
     <sheet name="Patent curated by innovator" sheetId="6" r:id="rId9"/>
     <sheet name="Drug illustrations" sheetId="7" r:id="rId10"/>
     <sheet name="Developers" sheetId="8" r:id="rId11"/>
     <sheet name="Publications" sheetId="9" r:id="rId12"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="167">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="168">
   <si>
     <t>Name</t>
   </si>
   <si>
     <t>Abbreviation</t>
   </si>
   <si>
     <t>Generic name</t>
   </si>
   <si>
     <t>Brand names</t>
   </si>
   <si>
     <t>Compound type</t>
+  </si>
+  <si>
+    <t>Drug class/category</t>
   </si>
   <si>
     <t>Summary</t>
   </si>
   <si>
     <t>Approval status</t>
   </si>
   <si>
     <t>Regulatory authorities</t>
   </si>
   <si>
     <t>Link(s)</t>
   </si>
   <si>
     <t>Route(s) of administration</t>
   </si>
   <si>
     <t>Associated long-acting platforms</t>
   </si>
   <si>
     <t>Proprietary excipients used</t>
   </si>
   <si>
     <t>Novel excipients or existing excipients at a concentration above Inactive Ingredient Database (IID) for the specified route of administration</t>
   </si>
@@ -372,50 +375,53 @@
   <si>
     <t>Studied route(s) of administration</t>
   </si>
   <si>
     <t>Studied LA-formulation(s)</t>
   </si>
   <si>
     <t>Use case</t>
   </si>
   <si>
     <t>Clinical trial ID</t>
   </si>
   <si>
     <t>Title</t>
   </si>
   <si>
     <t>Type</t>
   </si>
   <si>
     <t>Content</t>
   </si>
   <si>
     <t>Company</t>
   </si>
   <si>
+    <t>Manufacturer</t>
+  </si>
+  <si>
     <t>Brand Name</t>
   </si>
   <si>
     <t>Use Case</t>
   </si>
   <si>
     <t>Therapeutic Area</t>
   </si>
   <si>
     <t>Dosage</t>
   </si>
   <si>
     <t>Administration Route</t>
   </si>
   <si>
     <t>Regulatory Authority Code</t>
   </si>
   <si>
     <t>Regulatory Authority</t>
   </si>
   <si>
     <t>Country ISO Code</t>
   </si>
   <si>
     <t>Country Name</t>
@@ -487,53 +493,50 @@
     <t>Category</t>
   </si>
   <si>
     <t>Exclusivity</t>
   </si>
   <si>
     <t>Expiration date</t>
   </si>
   <si>
     <t>Illustration URL</t>
   </si>
   <si>
     <t>Credit</t>
   </si>
   <si>
     <t>https://lapal.ch/storage/illustrations/fDW4vQL3hg3FbTPo3j729d0ZPi6OQxw8mPU7nd9Y.png</t>
   </si>
   <si>
     <t>Paliperidone Chemical Structure</t>
   </si>
   <si>
     <t>Sourced From DrugBank</t>
   </si>
   <si>
     <t>Company/University</t>
-  </si>
-[...1 lines deleted...]
-    <t>Manufacturer</t>
   </si>
   <si>
     <t>Link to website</t>
   </si>
   <si>
     <t>Country</t>
   </si>
   <si>
     <t>Short description</t>
   </si>
   <si>
     <t>Janssen Pharmaceuticals</t>
   </si>
   <si>
     <t>originator</t>
   </si>
   <si>
     <t>https://www.janssen.com/</t>
   </si>
   <si>
     <t>Belgium</t>
   </si>
   <si>
     <t>Janssen Pharmaceuticals is a subsidiary company of Johnson &amp; Johnson headquartered in Beerse, Belgium. They focus on manufacturing and developing pharmaceutical products for use in areas such as, Immunology, Infectious Diseases &amp; Vaccines, Pulmonary Hypertension, Cardiovascular &amp; Metabolism, Oncology, and Neuroscience.</t>
   </si>
@@ -952,93 +955,94 @@
 <file path=xl/worksheets/_rels/sheet5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/_rels/sheet6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/_rels/sheet7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="illustrations/fDW4vQL3hg3FbTPo3j729d0ZPi6OQxw8mPU7nd9Y.png" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/_rels/sheet9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.jnj.com/media-center/press-releases/us-fda-approves-invega-trinza-first-and-only-four-times-a-year-treatment-for-schizophrenia" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.janssenscience.com/products/invega-trinza/medical-content/invega-trinza-nano-particle-technology#biblioRef01" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:AF2"/>
+  <dimension ref="A1:AG2"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A1" sqref="A1:AF1"/>
+      <selection activeCell="A1" sqref="A1:AG1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="30" customWidth="true" style="0"/>
     <col min="2" max="2" width="30" customWidth="true" style="0"/>
     <col min="3" max="3" width="30" customWidth="true" style="0"/>
     <col min="4" max="4" width="30" customWidth="true" style="0"/>
     <col min="5" max="5" width="30" customWidth="true" style="0"/>
     <col min="6" max="6" width="30" customWidth="true" style="0"/>
     <col min="7" max="7" width="30" customWidth="true" style="0"/>
     <col min="8" max="8" width="30" customWidth="true" style="0"/>
     <col min="9" max="9" width="30" customWidth="true" style="0"/>
     <col min="10" max="10" width="30" customWidth="true" style="0"/>
     <col min="11" max="11" width="30" customWidth="true" style="0"/>
     <col min="12" max="12" width="30" customWidth="true" style="0"/>
     <col min="13" max="13" width="30" customWidth="true" style="0"/>
     <col min="14" max="14" width="30" customWidth="true" style="0"/>
     <col min="15" max="15" width="30" customWidth="true" style="0"/>
     <col min="16" max="16" width="30" customWidth="true" style="0"/>
     <col min="17" max="17" width="30" customWidth="true" style="0"/>
     <col min="18" max="18" width="30" customWidth="true" style="0"/>
     <col min="19" max="19" width="30" customWidth="true" style="0"/>
     <col min="20" max="20" width="30" customWidth="true" style="0"/>
     <col min="21" max="21" width="30" customWidth="true" style="0"/>
     <col min="22" max="22" width="30" customWidth="true" style="0"/>
     <col min="23" max="23" width="30" customWidth="true" style="0"/>
     <col min="24" max="24" width="30" customWidth="true" style="0"/>
     <col min="25" max="25" width="30" customWidth="true" style="0"/>
     <col min="26" max="26" width="30" customWidth="true" style="0"/>
     <col min="27" max="27" width="30" customWidth="true" style="0"/>
     <col min="28" max="28" width="30" customWidth="true" style="0"/>
     <col min="29" max="29" width="30" customWidth="true" style="0"/>
     <col min="30" max="30" width="30" customWidth="true" style="0"/>
     <col min="31" max="31" width="30" customWidth="true" style="0"/>
     <col min="32" max="32" width="30" customWidth="true" style="0"/>
+    <col min="33" max="33" width="30" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:32">
+    <row r="1" spans="1:33">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="2" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="2" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="2" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="2" t="s">
         <v>6</v>
       </c>
       <c r="H1" s="2" t="s">
         <v>7</v>
       </c>
       <c r="I1" s="2" t="s">
@@ -1091,122 +1095,125 @@
       </c>
       <c r="Y1" s="3" t="s">
         <v>24</v>
       </c>
       <c r="Z1" s="3" t="s">
         <v>25</v>
       </c>
       <c r="AA1" s="2" t="s">
         <v>26</v>
       </c>
       <c r="AB1" s="2" t="s">
         <v>27</v>
       </c>
       <c r="AC1" s="2" t="s">
         <v>28</v>
       </c>
       <c r="AD1" s="2" t="s">
         <v>29</v>
       </c>
       <c r="AE1" s="2" t="s">
         <v>30</v>
       </c>
       <c r="AF1" s="2" t="s">
         <v>31</v>
       </c>
+      <c r="AG1" s="2" t="s">
+        <v>32</v>
+      </c>
     </row>
-    <row r="2" spans="1:32">
+    <row r="2" spans="1:33">
       <c r="A2" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="C2" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="D2" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="E2" t="s">
-        <v>35</v>
-[...1 lines deleted...]
-      <c r="F2" t="s">
         <v>36</v>
       </c>
       <c r="G2" t="s">
         <v>37</v>
       </c>
       <c r="H2" t="s">
         <v>38</v>
       </c>
-      <c r="J2" t="s">
+      <c r="I2" t="s">
         <v>39</v>
       </c>
       <c r="K2" t="s">
         <v>40</v>
       </c>
       <c r="L2" t="s">
         <v>41</v>
       </c>
       <c r="M2" t="s">
         <v>42</v>
       </c>
       <c r="N2" t="s">
         <v>43</v>
       </c>
       <c r="O2" t="s">
         <v>44</v>
       </c>
       <c r="P2" t="s">
         <v>45</v>
       </c>
       <c r="Q2" t="s">
         <v>46</v>
       </c>
       <c r="R2" t="s">
         <v>47</v>
       </c>
       <c r="S2" t="s">
         <v>48</v>
       </c>
       <c r="T2" t="s">
         <v>49</v>
       </c>
       <c r="U2" t="s">
         <v>50</v>
       </c>
       <c r="V2" t="s">
         <v>51</v>
       </c>
+      <c r="W2" t="s">
+        <v>52</v>
+      </c>
       <c r="Y2" s="1"/>
       <c r="Z2" s="1"/>
-      <c r="AD2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="AE2" t="s">
         <v>53</v>
       </c>
       <c r="AF2" t="s">
         <v>54</v>
+      </c>
+      <c r="AG2" t="s">
+        <v>55</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:AZ1"/>
   <sheetViews>
@@ -1250,768 +1257,772 @@
     <col min="32" max="32" width="30" customWidth="true" style="0"/>
     <col min="33" max="33" width="30" customWidth="true" style="0"/>
     <col min="34" max="34" width="30" customWidth="true" style="0"/>
     <col min="35" max="35" width="30" customWidth="true" style="0"/>
     <col min="36" max="36" width="30" customWidth="true" style="0"/>
     <col min="37" max="37" width="30" customWidth="true" style="0"/>
     <col min="38" max="38" width="30" customWidth="true" style="0"/>
     <col min="39" max="39" width="30" customWidth="true" style="0"/>
     <col min="40" max="40" width="30" customWidth="true" style="0"/>
     <col min="41" max="41" width="30" customWidth="true" style="0"/>
     <col min="42" max="42" width="30" customWidth="true" style="0"/>
     <col min="43" max="43" width="30" customWidth="true" style="0"/>
     <col min="44" max="44" width="30" customWidth="true" style="0"/>
     <col min="45" max="45" width="30" customWidth="true" style="0"/>
     <col min="46" max="46" width="30" customWidth="true" style="0"/>
     <col min="47" max="47" width="30" customWidth="true" style="0"/>
     <col min="48" max="48" width="30" customWidth="true" style="0"/>
     <col min="49" max="49" width="30" customWidth="true" style="0"/>
     <col min="50" max="50" width="30" customWidth="true" style="0"/>
     <col min="51" max="51" width="30" customWidth="true" style="0"/>
     <col min="52" max="52" width="30" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:52">
       <c r="A1" s="2" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="C1" s="2" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="D1" s="2" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="E1" s="2" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="F1" s="2" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="G1" s="2" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="H1" s="2" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="I1" s="2" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="J1" s="2" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="K1" s="2" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="L1" s="2" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="M1" s="2" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="N1" s="2" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="O1" s="2" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="P1" s="2" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="Q1" s="2" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="R1" s="2" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="S1" s="2" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="T1" s="2" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="U1" s="2" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="V1" s="2" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="W1" s="2" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="X1" s="2" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="Y1" s="2" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="Z1" s="2" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="AA1" s="2" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="AB1" s="2" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="AC1" s="2" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="AD1" s="2" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="AE1" s="2" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="AF1" s="2" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="AG1" s="2" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="AH1" s="2" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="AI1" s="2" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="AJ1" s="2" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="AK1" s="2" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="AL1" s="2" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="AM1" s="2" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="AN1" s="2" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="AO1" s="2" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="AP1" s="2" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="AQ1" s="2" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="AR1" s="2" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="AS1" s="2" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="AT1" s="2" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="AU1" s="2" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="AV1" s="2" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="AW1" s="2" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="AX1" s="2" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="AY1" s="2" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="AZ1" s="2" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:E1"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1:E1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="30" customWidth="true" style="0"/>
     <col min="2" max="2" width="30" customWidth="true" style="0"/>
     <col min="3" max="3" width="30" customWidth="true" style="0"/>
     <col min="4" max="4" width="30" customWidth="true" style="0"/>
     <col min="5" max="5" width="30" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5">
       <c r="A1" s="2" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="B1" s="2" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="C1" s="2" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="D1" s="2" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="E1" s="2" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:P1"/>
+  <dimension ref="A1:Q1"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A1" sqref="A1:P1"/>
+      <selection activeCell="A1" sqref="A1:Q1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="30" customWidth="true" style="0"/>
     <col min="2" max="2" width="30" customWidth="true" style="0"/>
     <col min="3" max="3" width="30" customWidth="true" style="0"/>
     <col min="4" max="4" width="30" customWidth="true" style="0"/>
     <col min="5" max="5" width="30" customWidth="true" style="0"/>
     <col min="6" max="6" width="30" customWidth="true" style="0"/>
     <col min="7" max="7" width="30" customWidth="true" style="0"/>
     <col min="8" max="8" width="30" customWidth="true" style="0"/>
     <col min="9" max="9" width="30" customWidth="true" style="0"/>
     <col min="10" max="10" width="30" customWidth="true" style="0"/>
     <col min="11" max="11" width="30" customWidth="true" style="0"/>
     <col min="12" max="12" width="30" customWidth="true" style="0"/>
     <col min="13" max="13" width="30" customWidth="true" style="0"/>
     <col min="14" max="14" width="30" customWidth="true" style="0"/>
     <col min="15" max="15" width="30" customWidth="true" style="0"/>
     <col min="16" max="16" width="30" customWidth="true" style="0"/>
+    <col min="17" max="17" width="30" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:16">
+    <row r="1" spans="1:17">
       <c r="A1" s="2" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="B1" s="2" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="C1" s="2" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="D1" s="2" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="E1" s="2" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="F1" s="2" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="G1" s="2" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="H1" s="2" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="I1" s="2" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="J1" s="2" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="K1" s="2" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="L1" s="2" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="M1" s="4" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="N1" s="4" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="O1" s="2" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="P1" s="2" t="s">
-        <v>123</v>
+        <v>124</v>
+      </c>
+      <c r="Q1" s="2" t="s">
+        <v>125</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:O1"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1:O1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="30" customWidth="true" style="0"/>
     <col min="2" max="2" width="30" customWidth="true" style="0"/>
     <col min="3" max="3" width="30" customWidth="true" style="0"/>
     <col min="4" max="4" width="30" customWidth="true" style="0"/>
     <col min="5" max="5" width="30" customWidth="true" style="0"/>
     <col min="6" max="6" width="30" customWidth="true" style="0"/>
     <col min="7" max="7" width="30" customWidth="true" style="0"/>
     <col min="8" max="8" width="30" customWidth="true" style="0"/>
     <col min="9" max="9" width="30" customWidth="true" style="0"/>
     <col min="10" max="10" width="30" customWidth="true" style="0"/>
     <col min="11" max="11" width="30" customWidth="true" style="0"/>
     <col min="12" max="12" width="30" customWidth="true" style="0"/>
     <col min="13" max="13" width="30" customWidth="true" style="0"/>
     <col min="14" max="14" width="30" customWidth="true" style="0"/>
     <col min="15" max="15" width="30" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15">
       <c r="A1" s="2" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="B1" s="2" t="s">
-        <v>124</v>
+        <v>126</v>
       </c>
       <c r="C1" s="2" t="s">
-        <v>125</v>
+        <v>127</v>
       </c>
       <c r="D1" s="2" t="s">
-        <v>126</v>
+        <v>128</v>
       </c>
       <c r="E1" s="2" t="s">
-        <v>127</v>
+        <v>129</v>
       </c>
       <c r="F1" s="4" t="s">
-        <v>128</v>
+        <v>130</v>
       </c>
       <c r="G1" s="2" t="s">
-        <v>129</v>
+        <v>131</v>
       </c>
       <c r="H1" s="2" t="s">
-        <v>130</v>
+        <v>132</v>
       </c>
       <c r="I1" s="2" t="s">
-        <v>131</v>
+        <v>133</v>
       </c>
       <c r="J1" s="2" t="s">
-        <v>132</v>
+        <v>134</v>
       </c>
       <c r="K1" s="2" t="s">
-        <v>133</v>
+        <v>135</v>
       </c>
       <c r="L1" s="2" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
       <c r="M1" s="2" t="s">
-        <v>135</v>
+        <v>137</v>
       </c>
       <c r="N1" s="2" t="s">
-        <v>136</v>
+        <v>138</v>
       </c>
       <c r="O1" s="2" t="s">
-        <v>137</v>
+        <v>139</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:I1"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1:I1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="30" customWidth="true" style="0"/>
     <col min="2" max="2" width="30" customWidth="true" style="0"/>
     <col min="3" max="3" width="30" customWidth="true" style="0"/>
     <col min="4" max="4" width="30" customWidth="true" style="0"/>
     <col min="5" max="5" width="30" customWidth="true" style="0"/>
     <col min="6" max="6" width="30" customWidth="true" style="0"/>
     <col min="7" max="7" width="30" customWidth="true" style="0"/>
     <col min="8" max="8" width="30" customWidth="true" style="0"/>
     <col min="9" max="9" width="30" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:9">
       <c r="A1" s="2" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="B1" s="2" t="s">
-        <v>138</v>
+        <v>140</v>
       </c>
       <c r="C1" s="2" t="s">
-        <v>139</v>
+        <v>141</v>
       </c>
       <c r="D1" s="2" t="s">
-        <v>124</v>
+        <v>126</v>
       </c>
       <c r="E1" s="2" t="s">
-        <v>140</v>
+        <v>142</v>
       </c>
       <c r="F1" s="2" t="s">
-        <v>127</v>
+        <v>129</v>
       </c>
       <c r="G1" s="2" t="s">
-        <v>141</v>
+        <v>143</v>
       </c>
       <c r="H1" s="4" t="s">
-        <v>142</v>
+        <v>144</v>
       </c>
       <c r="I1" s="2" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:D2"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="B2" sqref="B2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="30" customWidth="true" style="0"/>
     <col min="2" max="2" width="30" customWidth="true" style="0"/>
     <col min="3" max="3" width="30" customWidth="true" style="0"/>
     <col min="4" max="4" width="30" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="2" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="B1" s="2" t="s">
-        <v>143</v>
+        <v>145</v>
       </c>
       <c r="C1" s="2" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="D1" s="2" t="s">
-        <v>144</v>
+        <v>146</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B2" s="5" t="s">
-        <v>145</v>
+        <v>147</v>
       </c>
       <c r="C2" t="s">
-        <v>146</v>
+        <v>148</v>
       </c>
       <c r="D2" t="s">
-        <v>147</v>
+        <v>149</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="B2" r:id="rId_hyperlink_1"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:F2"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1:F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="30" customWidth="true" style="0"/>
     <col min="2" max="2" width="30" customWidth="true" style="0"/>
     <col min="3" max="3" width="30" customWidth="true" style="0"/>
     <col min="4" max="4" width="30" customWidth="true" style="0"/>
     <col min="5" max="5" width="30" customWidth="true" style="0"/>
     <col min="6" max="6" width="30" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" s="2" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="B1" s="2" t="s">
-        <v>148</v>
+        <v>150</v>
       </c>
       <c r="C1" s="2" t="s">
-        <v>149</v>
+        <v>111</v>
       </c>
       <c r="D1" s="2" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="E1" s="2" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="F1" s="2" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
     </row>
     <row r="2" spans="1:6">
       <c r="A2" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B2" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="C2" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="D2" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="E2" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="F2" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:E5"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="E4" sqref="E4"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="30" customWidth="true" style="0"/>
     <col min="2" max="2" width="30" customWidth="true" style="0"/>
     <col min="3" max="3" width="30" customWidth="true" style="0"/>
     <col min="4" max="4" width="30" customWidth="true" style="0"/>
     <col min="5" max="5" width="30" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5">
       <c r="A1" s="2" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="B1" s="2" t="s">
+        <v>108</v>
+      </c>
+      <c r="C1" s="2" t="s">
         <v>107</v>
       </c>
-      <c r="C1" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D1" s="2" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="E1" s="2" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
     </row>
     <row r="2" spans="1:5">
       <c r="A2" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B2" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="C2" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="D2" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
     </row>
     <row r="3" spans="1:5">
       <c r="A3" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B3" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="C3" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
       <c r="E3" s="5" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
     </row>
     <row r="4" spans="1:5">
       <c r="A4" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B4" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="C4" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="E4" s="5" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
     </row>
     <row r="5" spans="1:5">
       <c r="A5" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B5" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="C5" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="D5" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="E3" r:id="rId_hyperlink_1"/>
     <hyperlink ref="E4" r:id="rId_hyperlink_2"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>