--- v0 (2025-12-06)
+++ v1 (2026-01-21)
@@ -754,183 +754,183 @@
   <si>
     <t>Türkiye, North Macedonia, Albania, Bosnia and Herzegovina, Serbia, World Intellectual Property Organization (WIPO), Mexico</t>
   </si>
   <si>
     <t>Belgium, Germany, France, Luxembourg, Netherlands, Switzerland, United Kingdom, Sweden, Italy, Austria, Liechtenstein, Greece, Spain, Denmark, Monaco, Portugal, Ireland, Finland, Cyprus, Bulgaria, Czechia, Estonia, Slovakia, Hungary, Poland, Iceland, Croatia, Romania, Latvia, Lithuania, Slovenia, Canada, Japan, United States of America, World Intellectual Property Organization (WIPO)</t>
   </si>
   <si>
     <t>WO2018035359</t>
   </si>
   <si>
     <t>Lenacapavir compound and its use in HIV (oral and parenteral)</t>
   </si>
   <si>
     <t>Gilead Sciences, Inc</t>
   </si>
   <si>
     <t>2037-08-17</t>
   </si>
   <si>
     <t>The present disclosure relates to novel compounds for use in the treatment of a Retroviridae viral infection including an infection caused by the HIV virus. The present disclosure also relates to intermediates for its preparation and to pharmaceutical compositions containing said novel compound.</t>
   </si>
   <si>
     <t>MPP Search, US FDA, Bilateral Licence</t>
   </si>
   <si>
-    <t>Türkiye, North Macedonia, Morocco, Brazil, China, Colombia, Dominican Republic, Turkmenistan, Belarus, Tajikistan, Kazakhstan, Azerbaijan, Kyrgyzstan, Armenia, Mexico, Peru, Philippines, Botswana, Gambia (the), Ghana, Kenya, Lesotho, Malawi, Mozambique, Namibia, Sierra Leone, Liberia, Sao Tome and Principe, Sudan, Eswatini, Tanzania, United Republic of, Zambia, Zimbabwe, Indonesia, Malaysia, Ukraine, South Africa, Uzbekistan</t>
+    <t>Türkiye, Morocco, Brazil, China, Colombia, Dominican Republic, Turkmenistan, Belarus, Tajikistan, Kazakhstan, Azerbaijan, Kyrgyzstan, Armenia, Mexico, Peru, Philippines, Botswana, Gambia (the), Ghana, Kenya, Lesotho, Malawi, Mozambique, Namibia, Sierra Leone, Liberia, Sao Tome and Principe, Sudan, Eswatini, Tanzania, United Republic of, Zambia, Zimbabwe, Indonesia, Malaysia, Ukraine, South Africa, Uzbekistan</t>
   </si>
   <si>
     <t>Belgium, Germany, France, Luxembourg, Netherlands, Switzerland, United Kingdom, Sweden, Italy, Austria, Liechtenstein, Greece, Spain, Denmark, Portugal, Ireland, Finland, Cyprus, Bulgaria, Czechia, Estonia, Slovakia, Hungary, Poland, Iceland, Malta, Norway, Croatia, Romania, Latvia, Lithuania, Slovenia, Australia, Canada, Costa Rica, Russian Federation, Hong Kong, Israel, Japan, Korea, Republic of, New Zealand, Singapore, Taiwan, Province of China, United States of America, Bahamas, Bahrain, Kuwait, Qatar, Saudi Arabia, Oman, United Arab Emirates, Macao, Panama</t>
   </si>
   <si>
-    <t>Türkiye, North Macedonia, Albania, Serbia, Morocco, Argentina, Jordan, Philippines, India, Uganda, Egypt, Guatemala, Indonesia, Nigeria, Thailand, Ukraine, Viet Nam</t>
-[...5 lines deleted...]
-    <t>World Intellectual Property Organization (WIPO), North Macedonia, Albania, Bosnia and Herzegovina, Montenegro, Serbia, Moldova, Republic of, Argentina, Colombia, Dominican Republic, Ecuador, Peru, Rwanda, Uganda, Bangladesh, Bolivia (Plurinational State of), Cuba, Egypt, Benin, Cameroon, Burkina Faso, Chad, Guinea-Bissau, Comoros, Mali, Senegal, Congo, Guinea, Gabon, Niger, Equatorial Guinea, Mauritania, Togo, Côte d'Ivoire, Central African Republic, Pakistan, Paraguay, El Salvador, Venezuela (Bolivarian Republic of)</t>
+    <t>Türkiye, North Macedonia, Albania, Serbia, Morocco, Argentina, China, Jordan, Philippines, India, Uganda, Egypt, Guatemala, Indonesia, Nigeria, Thailand, Ukraine, Viet Nam</t>
+  </si>
+  <si>
+    <t>Belgium, Germany, France, Luxembourg, Netherlands, Switzerland, United Kingdom, Sweden, Italy, Austria, Liechtenstein, Greece, Spain, Denmark, Monaco, Portugal, Ireland, Finland, Cyprus, Bulgaria, Czechia, Estonia, Slovakia, Hungary, Poland, Iceland, Malta, Norway, San Marino, Croatia, Romania, Latvia, Lithuania, Slovenia, Australia, Hong Kong, Korea, Republic of, Singapore, Taiwan, Province of China, United States of America, Saudi Arabia, Panama</t>
+  </si>
+  <si>
+    <t>World Intellectual Property Organization (WIPO), North Macedonia, Albania, Bosnia and Herzegovina, Montenegro, Serbia, Moldova, Republic of, Morocco, Argentina, Colombia, Dominican Republic, Ecuador, Peru, Rwanda, Uganda, Bangladesh, Bolivia (Plurinational State of), Cuba, Egypt, Benin, Cameroon, Burkina Faso, Chad, Guinea-Bissau, Comoros, Mali, Senegal, Congo, Guinea, Gabon, Niger, Equatorial Guinea, Mauritania, Togo, Côte d'Ivoire, Central African Republic, Pakistan, Paraguay, El Salvador, Venezuela (Bolivarian Republic of)</t>
   </si>
   <si>
     <t>World Intellectual Property Organization (WIPO), Monaco, Malta, San Marino, Chile, Japan, Korea, Republic of, Uruguay, Trinidad and Tobago</t>
   </si>
   <si>
     <t>WO2019035904</t>
   </si>
   <si>
     <t>Crystalline forms of Lenacapavir sodium salt</t>
   </si>
   <si>
     <t>Polymorphs</t>
   </si>
   <si>
     <t>2038-08-16</t>
   </si>
   <si>
     <t>Lenacapavir solid forms, including pharmaceutically acceptable salts and cocrystals of the inhibitor, as well as crystalline forms of the salts and cocrystals, for use in the treatment of a Retroviridae viral infection including an infection caused by the HIV virus. The present disclosure also relates to pharmaceutical compositions containing the novel salts, cocrystals, and crystalline forms thereof, and methods of treating or preventing a Retroviridae viral infection.</t>
   </si>
   <si>
     <t>MPP Search, US FDA</t>
   </si>
   <si>
     <t>Türkiye</t>
   </si>
   <si>
-    <t>Belgium, Germany, France, Luxembourg, Netherlands, Switzerland, United Kingdom, Sweden, Italy, Austria, Liechtenstein, Greece, Spain, Denmark, Monaco, Portugal, Ireland, Finland, Cyprus, Bulgaria, Czechia, Estonia, Slovakia, Poland, Malta, Norway, Romania, Latvia, Lithuania, Slovenia, Australia, Canada, Japan, Korea, Republic of, Taiwan, Province of China, United States of America, Hong Kong</t>
+    <t>Belgium, Germany, France, Luxembourg, Netherlands, Switzerland, United Kingdom, Sweden, Italy, Austria, Liechtenstein, Greece, Spain, Denmark, Portugal, Ireland, Finland, Cyprus, Bulgaria, Czechia, Estonia, Slovakia, Poland, Malta, Norway, Romania, Latvia, Lithuania, Slovenia, Australia, Canada, Japan, Korea, Republic of, Taiwan, Province of China, United States of America, Hong Kong</t>
   </si>
   <si>
     <t>Türkiye, North Macedonia, Albania, Serbia, China, India</t>
   </si>
   <si>
-    <t>Belgium, Germany, France, Luxembourg, Netherlands, Switzerland, United Kingdom, Sweden, Italy, Austria, Liechtenstein, Greece, Spain, Denmark, Monaco, Portugal, Ireland, Finland, Cyprus, Bulgaria, Czechia, Estonia, Slovakia, Hungary, Poland, Iceland, Malta, Norway, San Marino, Croatia, Romania, Latvia, Lithuania, Slovenia, Canada, United States of America, Hong Kong</t>
+    <t>Belgium, Germany, France, Luxembourg, Netherlands, Switzerland, United Kingdom, Sweden, Italy, Austria, Liechtenstein, Greece, Spain, Denmark, Monaco, Portugal, Ireland, Finland, Cyprus, Bulgaria, Czechia, Estonia, Slovakia, Hungary, Poland, Iceland, Malta, Norway, San Marino, Croatia, Romania, Latvia, Lithuania, Slovenia, Canada, Hong Kong</t>
   </si>
   <si>
     <t>World Intellectual Property Organization (WIPO), North Macedonia, Albania, Bosnia and Herzegovina, Montenegro, Serbia, Moldova, Republic of, Morocco, Tunisia, Cambodia, Argentina, Bangladesh</t>
   </si>
   <si>
     <t>World Intellectual Property Organization (WIPO), Luxembourg, Denmark, Monaco, Finland, Cyprus, Bulgaria, Estonia, Hungary, Iceland, Malta, San Marino, Croatia, Romania, Latvia, Lithuania, Japan, Taiwan, Province of China</t>
   </si>
   <si>
     <t>WO2020018459</t>
   </si>
   <si>
     <t>Lenacapavir use to treat multidrug resistant HIV infection in heavily treatment-experienced</t>
   </si>
   <si>
     <t>2039-07-15</t>
   </si>
   <si>
     <t>The present disclosure relates to compounds of Formula (Ia) and (Ib) or a pharmaceutically acceptable salt thereof, which are useful in the treatment of an HIV infection in heavily treatment-experienced patients with multidrug resistant HIV infection.</t>
   </si>
   <si>
     <t>US FDA</t>
   </si>
   <si>
     <t>Australia, United States of America</t>
   </si>
   <si>
     <t>China, Albania, Serbia, Türkiye, North Macedonia</t>
   </si>
   <si>
     <t>Australia, Canada, Liechtenstein, Italy, Norway, Malta, Denmark, Belgium, United Kingdom, Greece, Netherlands, Hungary, Croatia, Switzerland, Spain, San Marino, Slovenia, Austria, Romania, Iceland, Cyprus, Finland, France, Bulgaria, Slovakia, Poland, Latvia, Ireland, Estonia, Germany, Luxembourg, Portugal, Czechia, Lithuania, Monaco, Sweden, Japan, Korea, Republic of, Taiwan, Province of China, United States of America</t>
   </si>
   <si>
     <t>World Intellectual Property Organization (WIPO), Morocco, Tunisia, Bosnia and Herzegovina, Cambodia, Montenegro, Moldova, Republic of</t>
   </si>
   <si>
-    <t>World Intellectual Property Organization (WIPO), Canada, Japan, Korea, Republic of</t>
+    <t>World Intellectual Property Organization (WIPO), Australia, Canada, Japan, Korea, Republic of</t>
   </si>
   <si>
     <t>WO2019161280</t>
   </si>
   <si>
     <t>Lenacapavir manufacturing processess and intermediates</t>
   </si>
   <si>
     <t>Intermediate(s); Process</t>
   </si>
   <si>
     <t>2039-02-15</t>
   </si>
   <si>
     <t>The present disclosure relates to methods and intermediates useful for preparing a compound of formula (I): (I) or a co-crystal, solvate, salt or combination thereof.</t>
   </si>
   <si>
     <t>Bilateral Licence</t>
   </si>
   <si>
     <t>China, Türkiye, India</t>
   </si>
   <si>
     <t>Australia, Liechtenstein, Italy, Norway, Malta, Denmark, Belgium, United Kingdom, Greece, Netherlands, Switzerland, Spain, Slovenia, Austria, Finland, France, Bulgaria, Slovakia, Poland, Latvia, Ireland, Estonia, Germany, Luxembourg, Portugal, Czechia, Sweden, Japan, Korea, Republic of, Taiwan, Province of China, United States of America, Hong Kong</t>
   </si>
   <si>
     <t>China, Albania, Serbia, Türkiye, North Macedonia, India</t>
   </si>
   <si>
-    <t>Australia, Canada, Liechtenstein, Italy, Norway, Malta, Denmark, Belgium, United Kingdom, Greece, Netherlands, Hungary, Croatia, Switzerland, Spain, San Marino, Slovenia, Austria, Romania, Iceland, Cyprus, Finland, France, Bulgaria, Slovakia, Poland, Latvia, Ireland, Estonia, Germany, Luxembourg, Portugal, Czechia, Lithuania, Monaco, Sweden, Korea, Republic of, United States of America</t>
+    <t>Australia, Canada, Liechtenstein, Italy, Norway, Malta, Denmark, Belgium, United Kingdom, Greece, Netherlands, Hungary, Croatia, Switzerland, Spain, San Marino, Slovenia, Austria, Romania, Iceland, Cyprus, Finland, France, Bulgaria, Slovakia, Poland, Latvia, Ireland, Estonia, Germany, Luxembourg, Portugal, Czechia, Lithuania, Monaco, Sweden, Korea, Republic of, Taiwan, Province of China, United States of America</t>
   </si>
   <si>
     <t>World Intellectual Property Organization (WIPO), Argentina, Morocco, Tunisia, Albania, Serbia, Bosnia and Herzegovina, Cambodia, Montenegro, Moldova, Republic of, North Macedonia</t>
   </si>
   <si>
     <t>World Intellectual Property Organization (WIPO), Hungary, Croatia, San Marino, Romania, Iceland, Cyprus, Lithuania, Monaco, Bahamas</t>
   </si>
   <si>
     <t>WO2021108544</t>
   </si>
   <si>
     <t>Lenacapavir use in HIV pre-exposure prophylaxis (PrEP)</t>
   </si>
   <si>
     <t>2040-11-25</t>
   </si>
   <si>
     <t>The present disclosure provides methods of preventing HIV in a subject, comprising administering to the subject a therapeutically effective amount of compounds of Formula (la) or (lb) or a pharmaceutically acceptable salt thereof, optionally in combination with one or more additional therapeutic agents. Methods of reducing the risk of acquiring HIV (e.g, HIV-1 and/or HIV-2) are also provided.</t>
   </si>
   <si>
-    <t>Australia, Canada, Liechtenstein, Italy, Norway, Malta, Denmark, Belgium, United Kingdom, Greece, Netherlands, Hungary, Croatia, Switzerland, Spain, San Marino, Slovenia, Austria, Romania, Iceland, Cyprus, Finland, France, Bulgaria, Slovakia, Poland, Latvia, Ireland, Estonia, Germany, Luxembourg, Portugal, Czechia, Lithuania, Monaco, Sweden, Japan, Taiwan, Province of China, Hong Kong</t>
+    <t>Australia, Canada, Liechtenstein, Italy, Norway, Malta, Denmark, Belgium, United Kingdom, Greece, Netherlands, Hungary, Croatia, Switzerland, Spain, San Marino, Slovenia, Austria, Romania, Iceland, Cyprus, Finland, France, Bulgaria, Slovakia, Poland, Latvia, Ireland, Estonia, Germany, Luxembourg, Portugal, Czechia, Lithuania, Monaco, Sweden, Taiwan, Province of China, United States of America, Hong Kong</t>
   </si>
   <si>
     <t>World Intellectual Property Organization (WIPO), Japan, Korea, Republic of, United States of America</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Brief description</t>
   </si>
   <si>
     <t>Category</t>
   </si>
   <si>
     <t>Exclusivity</t>
   </si>
   <si>
     <t>Expiration date</t>
   </si>
   <si>
     <t>Illustration URL</t>
   </si>
   <si>
     <t>Credit</t>
   </si>