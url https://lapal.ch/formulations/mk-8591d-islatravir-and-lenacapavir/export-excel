--- v1 (2026-01-21)
+++ v2 (2026-03-07)
@@ -28,67 +28,70 @@
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Formulations" sheetId="1" r:id="rId4"/>
     <sheet name="Clinical trials" sheetId="2" r:id="rId5"/>
     <sheet name="Key resources" sheetId="3" r:id="rId6"/>
     <sheet name="Regulatory status" sheetId="4" r:id="rId7"/>
     <sheet name="Patent Medspal" sheetId="5" r:id="rId8"/>
     <sheet name="Patent curated by innovator" sheetId="6" r:id="rId9"/>
     <sheet name="Drug illustrations" sheetId="7" r:id="rId10"/>
     <sheet name="Developers" sheetId="8" r:id="rId11"/>
     <sheet name="Publications" sheetId="9" r:id="rId12"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="320">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="323">
   <si>
     <t>Name</t>
   </si>
   <si>
     <t>Abbreviation</t>
   </si>
   <si>
     <t>Generic name</t>
   </si>
   <si>
     <t>Brand names</t>
   </si>
   <si>
     <t>Compound type</t>
   </si>
   <si>
+    <t>Drug class/category</t>
+  </si>
+  <si>
     <t>Summary</t>
   </si>
   <si>
     <t>Approval status</t>
   </si>
   <si>
     <t>Regulatory authorities</t>
   </si>
   <si>
     <t>Link(s)</t>
   </si>
   <si>
     <t>Route(s) of administration</t>
   </si>
   <si>
     <t>Associated long-acting platforms</t>
   </si>
   <si>
     <t>Proprietary excipients used</t>
   </si>
   <si>
     <t>Novel excipients or existing excipients at a concentration above Inactive Ingredient Database (IID) for the specified route of administration</t>
   </si>
   <si>
     <t>Residual solvents used</t>
@@ -133,78 +136,75 @@
     <t>Recommended dosing regimen</t>
   </si>
   <si>
     <t>Dosage additional comments</t>
   </si>
   <si>
     <t>Dosage link(s)</t>
   </si>
   <si>
     <t>Comment &amp; Information</t>
   </si>
   <si>
     <t>Created at</t>
   </si>
   <si>
     <t>Updated at</t>
   </si>
   <si>
     <t>MK-8591D (Islatravir and Lenacapavir)</t>
   </si>
   <si>
     <t>MK-8591D (islatravir and lenacapavir fixed dose combination)</t>
   </si>
   <si>
     <t>Small molecule</t>
+  </si>
+  <si>
+    <t>NRTTI + capsid inhibitor</t>
   </si>
   <si>
     <t>Islatravir and Lenacapavir (ISL+LEN) is an investigational drug combination currently in clinical development for the treatment of HIV-1. Islatravir (MK-8591) is a nucleoside reverse transcriptase translocation inhibitor under evaluation in several ongoing clinical trials. Lenacapavir is a first in-class HIV-1 capsid inhibitor also being studied as a potential long-acting option in multiple ongoing studies for HIV treatment. The ISL+LEN combination is a proposed once-weekly oral fixed-dose combination regimen consisting of ISL 2mg and LEN 300mg. Once-weekly dosing has the potential to address adherence challenges versus daily oral ART. The pharmacokinetic profiles and potent antiviral activities of both ISL and LEN support their continued development as an investigational drug combination.</t>
   </si>
   <si>
     <t>Islatravir and lenacapavir (ISL+LEN) is an investigational drug combination and is not currently approved in any jurisdiction globally. The safety and efficacy of the ISL+LEN combination has not yet been established. Pivotal studies are ongoing (Phase III ISLEND-1 and ISLEND-2 studies of lenacapavir/islatravir for the treatment of virally suppressed HIV)</t>
   </si>
   <si>
     <t>In March 2021, Gilead Sciences and Merck announced that they have entered into an agreement to co-develop and co-commercialize long-acting treatments in HIV that combine Gilead’s investigational capsid inhibitor, lenacapavir, and Merck’s investigational nucleoside reverse transcriptase translocation inhibitor, islatravir, into a two-drug regimen with the potential to provide new treatment options for people living with HIV.
 Gilead Sciences anticipates a commercial launch of lenacapavir + islatravir for the treatment of HIV in 2027.</t>
   </si>
   <si>
     <t>https://go.drugbank.com/drugs/DB15653, https://go.drugbank.com/drugs/DB15673</t>
   </si>
   <si>
     <t>Oral</t>
   </si>
   <si>
     <t>Oral solid form</t>
   </si>
   <si>
-    <t>No proprietary excipient used</t>
-[...5 lines deleted...]
-    <t>No residual solvent used</t>
+    <t>Unknown</t>
   </si>
   <si>
     <t>No delivery device</t>
   </si>
   <si>
     <t>Lenacapavir is commercially manufactured by Gilead Sciences.
 Several synthetic chemical processes describing the manufacture of islatravir (ISL) have been published. However, these approaches have proved to be complex and highly inefficient, with marked difficulty in controlling 2’-deoxyribonucleoside anomer stereochemistry and the requirement for several protecting-group manipulations. To counter these issues, Merck developed a highly innovative and extraordinarily efficient approach utilising directed evolution to create a novel three-step biocatalytic cascade for ISL synthesis.</t>
   </si>
   <si>
     <t>Islatravir: EasyMax 102 and 402 equipped with FireStringO2 sensors and the EasySampler 1210 system. A thermal gas flow controller (Aalborg, USA) to monitor and control oxidation air-gas flow to the reactor, with a suitable compressed air-source.
 Lenacapavir: Stainless steel pharmaceutical reactors, glass-lined reactors, rotary evaporator (rotovap), flash chromatography columns, stainless steel autoclave, cooling bath, silica gel chromatography columns, vacuum distillation apparatus, simulated moving bed chromatography system, Chiralpak columns.</t>
   </si>
   <si>
     <t>For Islatravir synthesis, the automated lab reactor platforms EasyMax 102 and 402 (Mettler-Toledo AG, AutoChem, Switzerland) were utilised by Merck for reaction scale-up.
 Although ISL+LEN is currently being evaluated as a fixed-dose oral regimen, future studies may permit LEN to be administered via subcutaneous injection. In this instance, storage of injectable lenacapavir in borosilicate vials is contraindicated due to issues with chemical compatibility. Instead, it is recommended that vials are made from aluminosilicate glass.</t>
   </si>
   <si>
     <t>Islatravir: 400 MHz Briker AVANCE III and 500MHz Bruker Ultrashield spectrometer (or equivalent) for 1H, 19F, 31P and 13C NMR. An Accurate-Mass Time-of-Flight (TOF) high resolution mass spectrometer. Molecular Devices plate reader Spectra Max Plus for Spectrophotomeric analyses, alongside a Perkin Elmer polarimeter with a PCB 1500 water Peltier system for optical rotation measurements.
 Lenacapavir: Proton nuclear magnetic resonance (1H NMR), High-performance liquid chromatography (HPLC), Ultra-Performance Liquid Chromatography (UPLC).</t>
   </si>
   <si>
     <t>HIV</t>
   </si>
   <si>
     <t>Treatment</t>
@@ -471,75 +471,78 @@
   <si>
     <t>Tablet</t>
   </si>
   <si>
     <t>ISLEND-1</t>
   </si>
   <si>
     <t>NCT06630286</t>
   </si>
   <si>
     <t>https://clinicaltrials.gov/study/NCT06630286</t>
   </si>
   <si>
     <t>Phase III</t>
   </si>
   <si>
     <t>Recruitment complete. 
 MSD reported on April 24, 2025 "partial clinical hold for higher doses of islatravir than those used in current clinical trials".
 The goal of this clinical study is to learn about the safety and efficacy of switching to once weekly tablet of islatravir/lenacapavir (ISL/LEN) regimen versus continuing standard treatment of bictegravir/emtricitabine/tenofovir alafenamide (B/F/TAF) in people with human immunodeficiency virus (PWH) who are virologically suppressed (HIV-1 RNA levels \&lt; 50 copies/mL) on B/F/TAF for ≥ 6 months prior to screening.
 The primary objective is to evaluate the efficacy of switching to oral weekly ISL/LEN tablet regimen versus continuing B/F/TAF in virologically suppressed PWH at Week 48.</t>
   </si>
   <si>
     <t>Study to Compare an Oral Weekly Islatravir/Lenacapavir Regimen With Bictegravir/Emtricitabine/Tenofovir Alafenamide in Virologically Suppressed People With HIV-1</t>
   </si>
   <si>
-    <t>Puerto Rico, United States of America, Argentina, Austria, Canada, France, Germany, Japan, Spain, Switzerland, Taiwan, Province of China, United Kingdom</t>
+    <t>Puerto Rico, United States of America, Argentina, Canada, France, Germany, Japan, Spain, Switzerland, Taiwan, Province of China, United Kingdom, Australia</t>
   </si>
   <si>
     <t>Drug: ISL/LEN</t>
   </si>
   <si>
     <t>ISL 2mg + LEN 300mg once weekly</t>
   </si>
   <si>
     <t>Drug: PTM B/F/TAF</t>
   </si>
   <si>
     <t>50/200/25mg once daily</t>
   </si>
   <si>
     <t>2024-10-09</t>
   </si>
   <si>
-    <t>2025-07-08</t>
+    <t>2025-11-11</t>
   </si>
   <si>
     <t>2026-04-01</t>
   </si>
   <si>
     <t>2030-08-01</t>
+  </si>
+  <si>
+    <t>Adults, Cisgender women, Transgender women, Cisgender men, Transgender men, Non-pregnant individuals</t>
   </si>
   <si>
     <t>Unspecified</t>
   </si>
   <si>
     <t>Key Inclusion Criteria:
 - HIV-1 RNA &lt; 50 copies/mL for ≥ 6 months before screening, as documented by:
   1. One HIV-1 RNA &lt; 50 copies/mL immediately preceding the 24 week period prior to screening.
   2. Within 24 weeks prior to screening, if HIV-1 RNA results are available, all levels must be &lt; 50 copies/mL.
   3. During the 6 to 12 months period prior to screening, transient detectable viremia ≥ 50 copies/mL is acceptable ("blip"), as long as it is not confirmed on 2 consecutive visits.
 - Plasma HIV-1 RNA levels &lt; 50 copies/mL at screening.
 - Individuals are receiving B/F/TAF for ≥ 6 months prior to screening and willing to continue until Day 1.
 - Individuals assigned female at birth and of childbearing potential who engage in heterosexual intercourse must agree to use contraception.</t>
   </si>
   <si>
     <t>Double-blind masking</t>
   </si>
   <si>
     <t>Double (Participant, Investigator)</t>
   </si>
   <si>
     <t>ISLEND-2</t>
   </si>
   <si>
     <t>NCT06630299</t>
@@ -547,92 +550,101 @@
   <si>
     <t>https://clinicaltrials.gov/study/NCT06630299</t>
   </si>
   <si>
     <t>Recruitment complete. 
 MSD reported on April 24, 2025 "partial clinical hold for higher doses of islatravir than those used in current clinical trials".
 The goal of this clinical study is to learn more about the safety and efficacy of switching to a once weekly tablet of islatravir/lenacapavir (ISL/LEN) regimen versus continuing standard of care treatment in PWH who are virologically suppressed (HIV-1 RNA levels \&lt; 50 copies/mL) on a stable standard of care regimen for ≥ 6 months prior to screening. The standard of care includes 2 or 3 medicines, antiretroviral agents (ARVs).
 The primary objective of the study is to evaluate the efficacy of switching to oral weekly ISL/LEN tablet regimen versus continuing standard of care in virologically suppressed</t>
   </si>
   <si>
     <t>Study to Compare an Oral Weekly Islatravir/Lenacapavir Regimen With Standard of Care in Virologically Suppressed People With HIV-1</t>
   </si>
   <si>
     <t>United States of America, Australia, United Kingdom, Thailand, Taiwan, Province of China, Switzerland, Spain, South Africa, Puerto Rico, Poland, Netherlands, Japan, Germany, Argentina</t>
   </si>
   <si>
     <t>Drug: Antiretroviral Combinations</t>
   </si>
   <si>
     <t>Variable</t>
   </si>
   <si>
     <t>2024-10-08</t>
   </si>
   <si>
-    <t>2025-07-09</t>
+    <t>2025-11-12</t>
   </si>
   <si>
     <t>Key Inclusion Criteria:
 - HIV-1 RNA &lt; 50 copies/mL for ≥ 6 months before screening, as documented by:
   1. One HIV-1 RNA &lt; 50 copies/mL immediately preceding the 24 weeks period prior to screening.
   2. Within 24 weeks prior to screening, if HIV-1 RNA results are available, all levels must be &lt; 50 copies/mL.
   3. During the 6 to 12 months period prior to screening, transient detectable viremia ≥ 50 copies/mL is acceptable ("blip") as long as it is not confirmed on 2 consecutive visits.
 - Plasma HIV-1 RNA levels &lt; 50 copies/mL at screening.
 - Are receiving guideline-recommended standard of care treatment such as International Antiviral Society (IAS), Department of Health and Human Services (DHHS), European AIDS Clinical Society (EACS) consisting of 2 or 3 ARVs for ≥ 6 months.</t>
   </si>
   <si>
-    <t>TB, HBV</t>
+    <t>TB, HBV, HCV</t>
   </si>
   <si>
     <t>Clinical trial ID</t>
   </si>
   <si>
     <t>Title</t>
   </si>
   <si>
     <t>Type</t>
   </si>
   <si>
     <t>Content</t>
   </si>
   <si>
     <t>Gilead and Merck Announce Phase 2 Data Showing a Treatment Switch to an Investigational Oral Once-Weekly Combination Regimen of Islatravir and Lenacapavir Maintained Viral Suppression in Adults at Wee</t>
   </si>
   <si>
     <t>https://www.gilead.com/news/news-details/2024/gilead-and-merck-announce-phase-2-data-showing-a-treatment-switch-to-an-investigational-oral-once-weekly-combination-regimen-of-islatravir-and-lenacapavir-maintained-viral-suppression-in-adu</t>
   </si>
   <si>
     <t>Oral Weekly Islatravir Plus Lenacapavir in Virologically Suppressed People with HIV-1: 96 Week Outcomes from a Phase 2 Study - EACS2025 - October 15, Paris</t>
   </si>
   <si>
     <t>https://www.natap.org/2025/EACS/EACS_09.htm</t>
   </si>
   <si>
+    <t>ISLEND-2 Full study protocol (Click on ‘Trial document’, then select ‘D1_Protocol_2024-514047-28-00_Redacted’ to download)</t>
+  </si>
+  <si>
+    <t>https://euclinicaltrials.eu/ctis-public/view/2024-514047-28-00?lang=en</t>
+  </si>
+  <si>
     <t>Company</t>
   </si>
   <si>
+    <t>Manufacturer</t>
+  </si>
+  <si>
     <t>Brand Name</t>
   </si>
   <si>
     <t>Use Case</t>
   </si>
   <si>
     <t>Therapeutic Area</t>
   </si>
   <si>
     <t>Dosage</t>
   </si>
   <si>
     <t>Administration Route</t>
   </si>
   <si>
     <t>Regulatory Authority Code</t>
   </si>
   <si>
     <t>Regulatory Authority</t>
   </si>
   <si>
     <t>Country ISO Code</t>
   </si>
   <si>
     <t>Country Name</t>
@@ -938,53 +950,50 @@
     <t>https://lapal.ch/storage/illustrations/Mo8MStw1sQOSV9JSRSibs9Mcl5rhWtu2K1McKBq6.png</t>
   </si>
   <si>
     <t>Islatravir Chemical Structure</t>
   </si>
   <si>
     <t>Sourced from DrugBank</t>
   </si>
   <si>
     <t>https://lapal.ch/storage/illustrations/O5AaA11vPl8s7Vpb61C4ncekZZeyVqELEhG3l33m.png</t>
   </si>
   <si>
     <t>Lenacapavir Chemical Structure</t>
   </si>
   <si>
     <t>https://lapal.ch/storage/illustrations/hNcdBvVswxLGzhEdUAfY2pYswNXjZFaY6jhdQlH4.png</t>
   </si>
   <si>
     <t>Islatravir and Lenacapavir Chemical Structure</t>
   </si>
   <si>
     <t>Composite Adapated from DrugBank</t>
   </si>
   <si>
     <t>Company/University</t>
-  </si>
-[...1 lines deleted...]
-    <t>Manufacturer</t>
   </si>
   <si>
     <t>Link to website</t>
   </si>
   <si>
     <t>Country</t>
   </si>
   <si>
     <t>Short description</t>
   </si>
   <si>
     <t>Merck</t>
   </si>
   <si>
     <t>originator</t>
   </si>
   <si>
     <t>https://www.merck.com/</t>
   </si>
   <si>
     <t>United States</t>
   </si>
   <si>
     <t>Merck &amp; Co., Inc. is an American multinational pharmaceutical company known as Merck Sharp &amp; Drone (MSD) in territories outside of the USA and Canada. Merck was originally established in 1891, and is headquartered in Rahway, New Jersey. The company is particularly well known for developing and manufacturing biologic therapies, vaccines, medicines and animal health products.</t>
   </si>
@@ -1399,125 +1408,126 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://clinicaltrials.gov/study/NCT05052996" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://clinicaltrials.gov/study/NCT06630286" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://clinicaltrials.gov/study/NCT06630299" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.gilead.com/news/news-details/2024/gilead-and-merck-announce-phase-2-data-showing-a-treatment-switch-to-an-investigational-oral-once-weekly-combination-regimen-of-islatravir-and-lenacapavir-maintained-viral-suppression-in-adu" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.natap.org/2025/EACS/EACS_09.htm" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.gilead.com/news/news-details/2024/gilead-and-merck-announce-phase-2-data-showing-a-treatment-switch-to-an-investigational-oral-once-weekly-combination-regimen-of-islatravir-and-lenacapavir-maintained-viral-suppression-in-adu" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.natap.org/2025/EACS/EACS_09.htm" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://euclinicaltrials.eu/ctis-public/view/2024-514047-28-00?lang=en" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/_rels/sheet5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://worldwide.espacenet.com/publicationDetails/biblio?DB=worldwide.espacenet.com&amp;II=0&amp;ND=3&amp;adjacent=true&amp;locale=en_EP&amp;FT=D&amp;date=20170817&amp;CC=WO&amp;NR=2017139519A1&amp;KC=A1" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://worldwide.espacenet.com/publicationDetails/biblio?DB=worldwide.espacenet.com&amp;II=0&amp;ND=3&amp;adjacent=true&amp;locale=en_EP&amp;FT=D&amp;date=20050929&amp;CC=WO&amp;NR=2005090349A1&amp;KC=A1" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://worldwide.espacenet.com/publicationDetails/biblio?DB=worldwide.espacenet.com&amp;II=0&amp;ND=3&amp;adjacent=true&amp;locale=en_EP&amp;FT=D&amp;date=20180222&amp;CC=WO&amp;NR=2018035359A1&amp;KC=A1" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://worldwide.espacenet.com/publicationDetails/biblio?DB=worldwide.espacenet.com&amp;II=0&amp;ND=3&amp;adjacent=true&amp;locale=en_EP&amp;FT=D&amp;date=20190221&amp;CC=WO&amp;NR=2019035904A1&amp;KC=A1" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://worldwide.espacenet.com/publicationDetails/biblio?DB=worldwide.espacenet.com&amp;II=0&amp;ND=3&amp;adjacent=true&amp;locale=en_EP&amp;FT=D&amp;date=20200123&amp;CC=WO&amp;NR=2020018459A1&amp;KC=A1" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://worldwide.espacenet.com/publicationDetails/biblio?DB=worldwide.espacenet.com&amp;II=0&amp;ND=3&amp;adjacent=true&amp;locale=en_EP&amp;FT=D&amp;date=20190822&amp;CC=WO&amp;NR=2019161280A1&amp;KC=A1" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://worldwide.espacenet.com/publicationDetails/biblio?DB=worldwide.espacenet.com&amp;II=0&amp;ND=3&amp;adjacent=true&amp;locale=en_EP&amp;FT=D&amp;date=20210603&amp;CC=WO&amp;NR=2021108544A1&amp;KC=A1" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/_rels/sheet7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="illustrations/Mo8MStw1sQOSV9JSRSibs9Mcl5rhWtu2K1McKBq6.png" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="illustrations/O5AaA11vPl8s7Vpb61C4ncekZZeyVqELEhG3l33m.png" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="illustrations/hNcdBvVswxLGzhEdUAfY2pYswNXjZFaY6jhdQlH4.png" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/_rels/sheet9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.merck.com/news/gilead-and-merck-announce-phase-2-data-showing-a-treatment-switch-to-an-investigational-oral-once-weekly-combination-regimen-of-islatravir-and-lenacapavir-maintained-viral-suppression-in-adults-at-wee/" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.gilead.com/news/news-details/2024/gilead-and-merck-announce-phase-2-data-showing-an-investigational-oral-once-weekly-combination-regimen-of-islatravir-and-lenacapavir-maintained-viral-suppression-at-week-24" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="resources/RR8QKPiKbmiy_First-Quarter-2025-Sales-and-Earnings-FINAL.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.gileadclinicaltrials.com/study?nctid=NCT06630299" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="resources/Ng6DcPHlG4gZ_642-2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.gilead.com/news/news-details/2024/gilead-and-merck-announce-phase-2-data-showing-a-treatment-switch-to-an-investigational-oral-once-weekly-combination-regimen-of-islatravir-and-lenacapavir-maintained-viral-suppression-in-adu" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.natap.org/2025/EACS/EACS_09.htm" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.merck.com/news/gilead-and-merck-announce-phase-2-data-showing-a-treatment-switch-to-an-investigational-oral-once-weekly-combination-regimen-of-islatravir-and-lenacapavir-maintained-viral-suppression-in-adults-at-wee/" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.gilead.com/news/news-details/2024/gilead-and-merck-announce-phase-2-data-showing-an-investigational-oral-once-weekly-combination-regimen-of-islatravir-and-lenacapavir-maintained-viral-suppression-at-week-24" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="resources/RR8QKPiKbmiy_First-Quarter-2025-Sales-and-Earnings-FINAL.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.gileadclinicaltrials.com/study?nctid=NCT06630299" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="resources/Ng6DcPHlG4gZ_642-2025.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.gilead.com/news/news-details/2024/gilead-and-merck-announce-phase-2-data-showing-a-treatment-switch-to-an-investigational-oral-once-weekly-combination-regimen-of-islatravir-and-lenacapavir-maintained-viral-suppression-in-adu" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.natap.org/2025/EACS/EACS_09.htm" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://euclinicaltrials.eu/ctis-public/view/2024-514047-28-00?lang=en" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:AF2"/>
+  <dimension ref="A1:AG2"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A1" sqref="A1:AF1"/>
+      <selection activeCell="A1" sqref="A1:AG1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="30" customWidth="true" style="0"/>
     <col min="2" max="2" width="30" customWidth="true" style="0"/>
     <col min="3" max="3" width="30" customWidth="true" style="0"/>
     <col min="4" max="4" width="30" customWidth="true" style="0"/>
     <col min="5" max="5" width="30" customWidth="true" style="0"/>
     <col min="6" max="6" width="30" customWidth="true" style="0"/>
     <col min="7" max="7" width="30" customWidth="true" style="0"/>
     <col min="8" max="8" width="30" customWidth="true" style="0"/>
     <col min="9" max="9" width="30" customWidth="true" style="0"/>
     <col min="10" max="10" width="30" customWidth="true" style="0"/>
     <col min="11" max="11" width="30" customWidth="true" style="0"/>
     <col min="12" max="12" width="30" customWidth="true" style="0"/>
     <col min="13" max="13" width="30" customWidth="true" style="0"/>
     <col min="14" max="14" width="30" customWidth="true" style="0"/>
     <col min="15" max="15" width="30" customWidth="true" style="0"/>
     <col min="16" max="16" width="30" customWidth="true" style="0"/>
     <col min="17" max="17" width="30" customWidth="true" style="0"/>
     <col min="18" max="18" width="30" customWidth="true" style="0"/>
     <col min="19" max="19" width="30" customWidth="true" style="0"/>
     <col min="20" max="20" width="30" customWidth="true" style="0"/>
     <col min="21" max="21" width="30" customWidth="true" style="0"/>
     <col min="22" max="22" width="30" customWidth="true" style="0"/>
     <col min="23" max="23" width="30" customWidth="true" style="0"/>
     <col min="24" max="24" width="30" customWidth="true" style="0"/>
     <col min="25" max="25" width="30" customWidth="true" style="0"/>
     <col min="26" max="26" width="30" customWidth="true" style="0"/>
     <col min="27" max="27" width="30" customWidth="true" style="0"/>
     <col min="28" max="28" width="30" customWidth="true" style="0"/>
     <col min="29" max="29" width="30" customWidth="true" style="0"/>
     <col min="30" max="30" width="30" customWidth="true" style="0"/>
     <col min="31" max="31" width="30" customWidth="true" style="0"/>
     <col min="32" max="32" width="30" customWidth="true" style="0"/>
+    <col min="33" max="33" width="30" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:32">
+    <row r="1" spans="1:33">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="2" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="2" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="2" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="2" t="s">
         <v>6</v>
       </c>
       <c r="H1" s="2" t="s">
         <v>7</v>
       </c>
       <c r="I1" s="2" t="s">
@@ -1570,126 +1580,132 @@
       </c>
       <c r="Y1" s="3" t="s">
         <v>24</v>
       </c>
       <c r="Z1" s="3" t="s">
         <v>25</v>
       </c>
       <c r="AA1" s="2" t="s">
         <v>26</v>
       </c>
       <c r="AB1" s="2" t="s">
         <v>27</v>
       </c>
       <c r="AC1" s="2" t="s">
         <v>28</v>
       </c>
       <c r="AD1" s="2" t="s">
         <v>29</v>
       </c>
       <c r="AE1" s="2" t="s">
         <v>30</v>
       </c>
       <c r="AF1" s="2" t="s">
         <v>31</v>
       </c>
-    </row>
-    <row r="2" spans="1:32">
+      <c r="AG1" s="2" t="s">
+        <v>32</v>
+      </c>
+    </row>
+    <row r="2" spans="1:33">
       <c r="A2" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="C2" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="E2" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="F2" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="G2" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="H2" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="I2" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="J2" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="K2" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="L2" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="M2" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="N2" t="s">
         <v>43</v>
       </c>
       <c r="O2" t="s">
+        <v>43</v>
+      </c>
+      <c r="P2" t="s">
         <v>44</v>
       </c>
-      <c r="P2" t="s">
+      <c r="Q2" t="s">
         <v>45</v>
       </c>
-      <c r="Q2" t="s">
+      <c r="R2" t="s">
         <v>46</v>
       </c>
-      <c r="R2" t="s">
+      <c r="S2" t="s">
         <v>47</v>
       </c>
-      <c r="S2" t="s">
+      <c r="T2" t="s">
         <v>48</v>
       </c>
-      <c r="T2" t="s">
+      <c r="U2" t="s">
         <v>49</v>
       </c>
-      <c r="U2" t="s">
+      <c r="V2" t="s">
         <v>50</v>
       </c>
-      <c r="V2" t="s">
+      <c r="W2" t="s">
         <v>51</v>
       </c>
-      <c r="Y2" s="1" t="s">
+      <c r="Y2" s="1"/>
+      <c r="Z2" s="1" t="s">
         <v>52</v>
       </c>
-      <c r="Z2" s="1"/>
-      <c r="AA2" t="s">
+      <c r="AB2" t="s">
         <v>53</v>
       </c>
-      <c r="AD2" t="s">
+      <c r="AE2" t="s">
         <v>54</v>
       </c>
-      <c r="AE2" t="s">
+      <c r="AF2" t="s">
         <v>55</v>
       </c>
-      <c r="AF2" t="s">
+      <c r="AG2" t="s">
         <v>56</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:AZ4"/>
@@ -1878,65 +1894,65 @@
       <c r="AO1" s="2" t="s">
         <v>96</v>
       </c>
       <c r="AP1" s="2" t="s">
         <v>97</v>
       </c>
       <c r="AQ1" s="2" t="s">
         <v>98</v>
       </c>
       <c r="AR1" s="2" t="s">
         <v>99</v>
       </c>
       <c r="AS1" s="2" t="s">
         <v>100</v>
       </c>
       <c r="AT1" s="2" t="s">
         <v>101</v>
       </c>
       <c r="AU1" s="2" t="s">
         <v>102</v>
       </c>
       <c r="AV1" s="2" t="s">
         <v>103</v>
       </c>
       <c r="AW1" s="2" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="AX1" s="2" t="s">
         <v>104</v>
       </c>
       <c r="AY1" s="2" t="s">
         <v>105</v>
       </c>
       <c r="AZ1" s="2" t="s">
         <v>106</v>
       </c>
     </row>
     <row r="2" spans="1:52">
       <c r="A2" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B2" t="s">
         <v>107</v>
       </c>
       <c r="C2" t="s">
         <v>108</v>
       </c>
       <c r="D2" s="4" t="s">
         <v>109</v>
       </c>
       <c r="E2" t="s">
         <v>110</v>
       </c>
       <c r="F2" t="s">
         <v>111</v>
       </c>
       <c r="G2" t="s">
         <v>112</v>
       </c>
       <c r="H2" t="s">
         <v>113</v>
       </c>
       <c r="I2" t="s">
         <v>114</v>
       </c>
@@ -1991,62 +2007,62 @@
       <c r="AM2" t="s">
         <v>128</v>
       </c>
       <c r="AP2" t="s">
         <v>129</v>
       </c>
       <c r="AQ2">
         <v>142</v>
       </c>
       <c r="AR2" t="s">
         <v>130</v>
       </c>
       <c r="AS2" t="s">
         <v>131</v>
       </c>
       <c r="AU2" t="s">
         <v>132</v>
       </c>
       <c r="AV2" t="s">
         <v>133</v>
       </c>
       <c r="AW2" t="s">
         <v>134</v>
       </c>
       <c r="AX2" t="s">
-        <v>39</v>
+        <v>41</v>
       </c>
       <c r="AY2" t="s">
         <v>135</v>
       </c>
       <c r="AZ2" t="s">
         <v>50</v>
       </c>
     </row>
     <row r="3" spans="1:52">
       <c r="A3" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B3" t="s">
         <v>136</v>
       </c>
       <c r="C3" t="s">
         <v>137</v>
       </c>
       <c r="D3" s="4" t="s">
         <v>138</v>
       </c>
       <c r="E3" t="s">
         <v>139</v>
       </c>
       <c r="F3" t="s">
         <v>111</v>
       </c>
       <c r="G3" t="s">
         <v>112</v>
       </c>
       <c r="H3" t="s">
         <v>140</v>
       </c>
       <c r="I3" t="s">
         <v>141</v>
       </c>
@@ -2055,400 +2071,425 @@
       </c>
       <c r="M3" t="s">
         <v>143</v>
       </c>
       <c r="N3" t="s">
         <v>144</v>
       </c>
       <c r="O3" t="s">
         <v>145</v>
       </c>
       <c r="P3" t="s">
         <v>146</v>
       </c>
       <c r="X3" t="s">
         <v>147</v>
       </c>
       <c r="Y3" t="s">
         <v>148</v>
       </c>
       <c r="Z3" t="s">
         <v>149</v>
       </c>
       <c r="AA3" t="s">
         <v>150</v>
       </c>
+      <c r="AD3" t="s">
+        <v>151</v>
+      </c>
       <c r="AE3" t="s">
         <v>124</v>
       </c>
       <c r="AF3" t="s">
         <v>125</v>
       </c>
       <c r="AG3" t="s">
-        <v>151</v>
+        <v>126</v>
       </c>
       <c r="AH3" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="AI3" t="s">
         <v>126</v>
       </c>
       <c r="AJ3" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="AK3" t="s">
         <v>49</v>
       </c>
       <c r="AM3" t="s">
         <v>128</v>
       </c>
       <c r="AP3" t="s">
         <v>129</v>
       </c>
       <c r="AQ3">
         <v>609</v>
       </c>
       <c r="AR3" t="s">
         <v>130</v>
       </c>
       <c r="AS3" t="s">
         <v>131</v>
       </c>
       <c r="AU3" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="AV3" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="AW3" t="s">
         <v>134</v>
       </c>
       <c r="AX3" t="s">
-        <v>39</v>
+        <v>41</v>
       </c>
       <c r="AY3" t="s">
         <v>135</v>
       </c>
       <c r="AZ3" t="s">
         <v>50</v>
       </c>
     </row>
     <row r="4" spans="1:52">
       <c r="A4" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B4" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="C4" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="D4" s="4" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="E4" t="s">
         <v>139</v>
       </c>
       <c r="F4" t="s">
         <v>111</v>
       </c>
       <c r="G4" t="s">
         <v>112</v>
       </c>
       <c r="H4" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="I4" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="J4" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="M4" t="s">
         <v>143</v>
       </c>
       <c r="N4" t="s">
         <v>144</v>
       </c>
       <c r="O4" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
       <c r="P4" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="X4" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="Y4" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="Z4" t="s">
         <v>149</v>
       </c>
       <c r="AA4" t="s">
         <v>150</v>
       </c>
+      <c r="AD4" t="s">
+        <v>151</v>
+      </c>
       <c r="AE4" t="s">
         <v>124</v>
       </c>
       <c r="AF4" t="s">
         <v>125</v>
       </c>
       <c r="AG4" t="s">
-        <v>151</v>
+        <v>126</v>
       </c>
       <c r="AH4" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="AI4" t="s">
         <v>126</v>
       </c>
       <c r="AJ4" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="AK4" t="s">
         <v>49</v>
       </c>
       <c r="AM4" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="AP4" t="s">
         <v>129</v>
       </c>
       <c r="AQ4">
         <v>600</v>
       </c>
       <c r="AR4" t="s">
         <v>130</v>
       </c>
       <c r="AS4" t="s">
         <v>131</v>
       </c>
       <c r="AU4" t="s">
         <v>132</v>
       </c>
       <c r="AV4" t="s">
         <v>133</v>
       </c>
       <c r="AW4" t="s">
         <v>134</v>
       </c>
       <c r="AX4" t="s">
-        <v>39</v>
+        <v>41</v>
       </c>
       <c r="AY4" t="s">
         <v>135</v>
       </c>
       <c r="AZ4" t="s">
         <v>50</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="D2" r:id="rId_hyperlink_1"/>
     <hyperlink ref="D3" r:id="rId_hyperlink_2"/>
     <hyperlink ref="D4" r:id="rId_hyperlink_3"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:E3"/>
+  <dimension ref="A1:E4"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="E3" sqref="E3"/>
+      <selection activeCell="E4" sqref="E4"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="30" customWidth="true" style="0"/>
     <col min="2" max="2" width="30" customWidth="true" style="0"/>
     <col min="3" max="3" width="30" customWidth="true" style="0"/>
     <col min="4" max="4" width="30" customWidth="true" style="0"/>
     <col min="5" max="5" width="30" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5">
       <c r="A1" s="2" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="B1" s="2" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="C1" s="2" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="D1" s="2" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="E1" s="2" t="s">
         <v>59</v>
       </c>
     </row>
     <row r="2" spans="1:5">
       <c r="A2" t="s">
         <v>108</v>
       </c>
       <c r="B2" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="C2" t="s">
         <v>59</v>
       </c>
       <c r="E2" s="4" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
     </row>
     <row r="3" spans="1:5">
       <c r="A3" t="s">
         <v>108</v>
       </c>
       <c r="B3" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="C3" t="s">
         <v>59</v>
       </c>
       <c r="E3" s="4" t="s">
-        <v>174</v>
+        <v>175</v>
+      </c>
+    </row>
+    <row r="4" spans="1:5">
+      <c r="A4" t="s">
+        <v>157</v>
+      </c>
+      <c r="B4" t="s">
+        <v>176</v>
+      </c>
+      <c r="C4" t="s">
+        <v>59</v>
+      </c>
+      <c r="E4" s="4" t="s">
+        <v>177</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="E2" r:id="rId_hyperlink_1"/>
     <hyperlink ref="E3" r:id="rId_hyperlink_2"/>
+    <hyperlink ref="E4" r:id="rId_hyperlink_3"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:P1"/>
+  <dimension ref="A1:Q1"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A1" sqref="A1:P1"/>
+      <selection activeCell="A1" sqref="A1:Q1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="30" customWidth="true" style="0"/>
     <col min="2" max="2" width="30" customWidth="true" style="0"/>
     <col min="3" max="3" width="30" customWidth="true" style="0"/>
     <col min="4" max="4" width="30" customWidth="true" style="0"/>
     <col min="5" max="5" width="30" customWidth="true" style="0"/>
     <col min="6" max="6" width="30" customWidth="true" style="0"/>
     <col min="7" max="7" width="30" customWidth="true" style="0"/>
     <col min="8" max="8" width="30" customWidth="true" style="0"/>
     <col min="9" max="9" width="30" customWidth="true" style="0"/>
     <col min="10" max="10" width="30" customWidth="true" style="0"/>
     <col min="11" max="11" width="30" customWidth="true" style="0"/>
     <col min="12" max="12" width="30" customWidth="true" style="0"/>
     <col min="13" max="13" width="30" customWidth="true" style="0"/>
     <col min="14" max="14" width="30" customWidth="true" style="0"/>
     <col min="15" max="15" width="30" customWidth="true" style="0"/>
     <col min="16" max="16" width="30" customWidth="true" style="0"/>
+    <col min="17" max="17" width="30" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:16">
+    <row r="1" spans="1:17">
       <c r="A1" s="2" t="s">
         <v>57</v>
       </c>
       <c r="B1" s="2" t="s">
-        <v>175</v>
+        <v>178</v>
       </c>
       <c r="C1" s="2" t="s">
-        <v>176</v>
+        <v>179</v>
       </c>
       <c r="D1" s="2" t="s">
-        <v>177</v>
+        <v>180</v>
       </c>
       <c r="E1" s="2" t="s">
-        <v>178</v>
+        <v>181</v>
       </c>
       <c r="F1" s="2" t="s">
-        <v>179</v>
+        <v>182</v>
       </c>
       <c r="G1" s="2" t="s">
-        <v>180</v>
+        <v>183</v>
       </c>
       <c r="H1" s="2" t="s">
-        <v>181</v>
+        <v>184</v>
       </c>
       <c r="I1" s="2" t="s">
-        <v>182</v>
+        <v>185</v>
       </c>
       <c r="J1" s="2" t="s">
-        <v>183</v>
+        <v>186</v>
       </c>
       <c r="K1" s="2" t="s">
-        <v>184</v>
+        <v>187</v>
       </c>
       <c r="L1" s="2" t="s">
-        <v>185</v>
+        <v>188</v>
       </c>
       <c r="M1" s="6" t="s">
-        <v>186</v>
+        <v>189</v>
       </c>
       <c r="N1" s="6" t="s">
-        <v>187</v>
+        <v>190</v>
       </c>
       <c r="O1" s="2" t="s">
-        <v>188</v>
+        <v>191</v>
       </c>
       <c r="P1" s="2" t="s">
-        <v>189</v>
+        <v>192</v>
+      </c>
+      <c r="Q1" s="2" t="s">
+        <v>193</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:O8"/>
   <sheetViews>
@@ -2458,404 +2499,404 @@
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="30" customWidth="true" style="0"/>
     <col min="2" max="2" width="30" customWidth="true" style="0"/>
     <col min="3" max="3" width="30" customWidth="true" style="0"/>
     <col min="4" max="4" width="30" customWidth="true" style="0"/>
     <col min="5" max="5" width="30" customWidth="true" style="0"/>
     <col min="6" max="6" width="30" customWidth="true" style="0"/>
     <col min="7" max="7" width="30" customWidth="true" style="0"/>
     <col min="8" max="8" width="30" customWidth="true" style="0"/>
     <col min="9" max="9" width="30" customWidth="true" style="0"/>
     <col min="10" max="10" width="30" customWidth="true" style="0"/>
     <col min="11" max="11" width="30" customWidth="true" style="0"/>
     <col min="12" max="12" width="30" customWidth="true" style="0"/>
     <col min="13" max="13" width="30" customWidth="true" style="0"/>
     <col min="14" max="14" width="30" customWidth="true" style="0"/>
     <col min="15" max="15" width="30" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15">
       <c r="A1" s="2" t="s">
         <v>57</v>
       </c>
       <c r="B1" s="2" t="s">
-        <v>190</v>
+        <v>194</v>
       </c>
       <c r="C1" s="2" t="s">
-        <v>191</v>
+        <v>195</v>
       </c>
       <c r="D1" s="2" t="s">
-        <v>192</v>
+        <v>196</v>
       </c>
       <c r="E1" s="2" t="s">
-        <v>193</v>
+        <v>197</v>
       </c>
       <c r="F1" s="6" t="s">
-        <v>194</v>
+        <v>198</v>
       </c>
       <c r="G1" s="2" t="s">
-        <v>195</v>
+        <v>199</v>
       </c>
       <c r="H1" s="2" t="s">
-        <v>196</v>
+        <v>200</v>
       </c>
       <c r="I1" s="2" t="s">
-        <v>197</v>
+        <v>201</v>
       </c>
       <c r="J1" s="2" t="s">
-        <v>198</v>
+        <v>202</v>
       </c>
       <c r="K1" s="2" t="s">
-        <v>199</v>
+        <v>203</v>
       </c>
       <c r="L1" s="2" t="s">
-        <v>200</v>
+        <v>204</v>
       </c>
       <c r="M1" s="2" t="s">
-        <v>201</v>
+        <v>205</v>
       </c>
       <c r="N1" s="2" t="s">
-        <v>202</v>
+        <v>206</v>
       </c>
       <c r="O1" s="2" t="s">
-        <v>203</v>
+        <v>207</v>
       </c>
     </row>
     <row r="2" spans="1:15">
       <c r="A2" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B2" s="4" t="s">
-        <v>204</v>
+        <v>208</v>
       </c>
       <c r="C2" t="s">
-        <v>205</v>
+        <v>209</v>
       </c>
       <c r="D2" t="s">
-        <v>206</v>
+        <v>210</v>
       </c>
       <c r="E2" t="s">
-        <v>207</v>
+        <v>211</v>
       </c>
       <c r="F2" s="5" t="s">
-        <v>208</v>
+        <v>212</v>
       </c>
       <c r="G2" t="s">
-        <v>209</v>
+        <v>213</v>
       </c>
       <c r="H2" t="s">
         <v>126</v>
       </c>
       <c r="I2" t="s">
-        <v>210</v>
+        <v>214</v>
       </c>
       <c r="J2" t="s">
-        <v>211</v>
+        <v>215</v>
       </c>
       <c r="K2" t="s">
-        <v>212</v>
+        <v>216</v>
       </c>
       <c r="L2" t="s">
-        <v>213</v>
+        <v>217</v>
       </c>
       <c r="M2" t="s">
-        <v>214</v>
+        <v>218</v>
       </c>
       <c r="N2" t="s">
-        <v>215</v>
+        <v>219</v>
       </c>
       <c r="O2" t="s">
-        <v>216</v>
+        <v>220</v>
       </c>
     </row>
     <row r="3" spans="1:15">
       <c r="A3" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B3" s="4" t="s">
-        <v>217</v>
+        <v>221</v>
       </c>
       <c r="C3" t="s">
-        <v>218</v>
+        <v>222</v>
       </c>
       <c r="D3" t="s">
-        <v>219</v>
+        <v>223</v>
       </c>
       <c r="E3" t="s">
-        <v>220</v>
+        <v>224</v>
       </c>
       <c r="F3" s="5" t="s">
-        <v>221</v>
+        <v>225</v>
       </c>
       <c r="G3" t="s">
-        <v>222</v>
+        <v>226</v>
       </c>
       <c r="H3" t="s">
         <v>126</v>
       </c>
       <c r="I3" t="s">
-        <v>210</v>
+        <v>214</v>
       </c>
       <c r="K3" t="s">
         <v>115</v>
       </c>
       <c r="N3" t="s">
-        <v>223</v>
+        <v>227</v>
       </c>
       <c r="O3" t="s">
-        <v>224</v>
+        <v>228</v>
       </c>
     </row>
     <row r="4" spans="1:15">
       <c r="A4" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B4" s="4" t="s">
-        <v>225</v>
+        <v>229</v>
       </c>
       <c r="C4" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="D4" t="s">
-        <v>219</v>
+        <v>223</v>
       </c>
       <c r="E4" t="s">
-        <v>227</v>
+        <v>231</v>
       </c>
       <c r="F4" s="5" t="s">
-        <v>228</v>
+        <v>232</v>
       </c>
       <c r="G4" t="s">
-        <v>229</v>
+        <v>233</v>
       </c>
       <c r="H4" t="s">
         <v>126</v>
       </c>
       <c r="I4" t="s">
-        <v>230</v>
+        <v>234</v>
       </c>
       <c r="J4" t="s">
-        <v>231</v>
+        <v>235</v>
       </c>
       <c r="K4" t="s">
-        <v>232</v>
+        <v>236</v>
       </c>
       <c r="L4" t="s">
-        <v>233</v>
+        <v>237</v>
       </c>
       <c r="M4" t="s">
-        <v>234</v>
+        <v>238</v>
       </c>
       <c r="N4" t="s">
-        <v>235</v>
+        <v>239</v>
       </c>
       <c r="O4" t="s">
-        <v>236</v>
+        <v>240</v>
       </c>
     </row>
     <row r="5" spans="1:15">
       <c r="A5" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B5" s="4" t="s">
-        <v>237</v>
+        <v>241</v>
       </c>
       <c r="C5" t="s">
-        <v>238</v>
+        <v>242</v>
       </c>
       <c r="D5" t="s">
-        <v>239</v>
+        <v>243</v>
       </c>
       <c r="E5" t="s">
-        <v>227</v>
+        <v>231</v>
       </c>
       <c r="F5" s="5" t="s">
-        <v>240</v>
+        <v>244</v>
       </c>
       <c r="G5" t="s">
-        <v>241</v>
+        <v>245</v>
       </c>
       <c r="H5" t="s">
         <v>126</v>
       </c>
       <c r="I5" t="s">
-        <v>242</v>
+        <v>246</v>
       </c>
       <c r="J5" t="s">
-        <v>243</v>
+        <v>247</v>
       </c>
       <c r="K5" t="s">
-        <v>244</v>
+        <v>248</v>
       </c>
       <c r="L5" t="s">
-        <v>245</v>
+        <v>249</v>
       </c>
       <c r="M5" t="s">
-        <v>246</v>
+        <v>250</v>
       </c>
       <c r="N5" t="s">
-        <v>247</v>
+        <v>251</v>
       </c>
       <c r="O5" t="s">
-        <v>248</v>
+        <v>252</v>
       </c>
     </row>
     <row r="6" spans="1:15">
       <c r="A6" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B6" s="4" t="s">
-        <v>249</v>
+        <v>253</v>
       </c>
       <c r="C6" t="s">
-        <v>250</v>
+        <v>254</v>
       </c>
       <c r="D6" t="s">
-        <v>206</v>
+        <v>210</v>
       </c>
       <c r="E6" t="s">
-        <v>227</v>
+        <v>231</v>
       </c>
       <c r="F6" s="5" t="s">
-        <v>251</v>
+        <v>255</v>
       </c>
       <c r="G6" t="s">
-        <v>252</v>
+        <v>256</v>
       </c>
       <c r="H6" t="s">
         <v>126</v>
       </c>
       <c r="I6" t="s">
-        <v>253</v>
+        <v>257</v>
       </c>
       <c r="K6" t="s">
-        <v>254</v>
+        <v>258</v>
       </c>
       <c r="L6" t="s">
-        <v>255</v>
+        <v>259</v>
       </c>
       <c r="M6" t="s">
-        <v>256</v>
+        <v>260</v>
       </c>
       <c r="N6" t="s">
-        <v>257</v>
+        <v>261</v>
       </c>
       <c r="O6" t="s">
-        <v>258</v>
+        <v>262</v>
       </c>
     </row>
     <row r="7" spans="1:15">
       <c r="A7" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B7" s="4" t="s">
-        <v>259</v>
+        <v>263</v>
       </c>
       <c r="C7" t="s">
-        <v>260</v>
+        <v>264</v>
       </c>
       <c r="D7" t="s">
-        <v>261</v>
+        <v>265</v>
       </c>
       <c r="E7" t="s">
-        <v>227</v>
+        <v>231</v>
       </c>
       <c r="F7" s="5" t="s">
-        <v>262</v>
+        <v>266</v>
       </c>
       <c r="G7" t="s">
-        <v>263</v>
+        <v>267</v>
       </c>
       <c r="H7" t="s">
         <v>126</v>
       </c>
       <c r="I7" t="s">
-        <v>264</v>
+        <v>268</v>
       </c>
       <c r="J7" t="s">
-        <v>265</v>
+        <v>269</v>
       </c>
       <c r="K7" t="s">
-        <v>266</v>
+        <v>270</v>
       </c>
       <c r="L7" t="s">
-        <v>267</v>
+        <v>271</v>
       </c>
       <c r="M7" t="s">
-        <v>268</v>
+        <v>272</v>
       </c>
       <c r="N7" t="s">
-        <v>269</v>
+        <v>273</v>
       </c>
       <c r="O7" t="s">
-        <v>270</v>
+        <v>274</v>
       </c>
     </row>
     <row r="8" spans="1:15">
       <c r="A8" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B8" s="4" t="s">
-        <v>271</v>
+        <v>275</v>
       </c>
       <c r="C8" t="s">
-        <v>272</v>
+        <v>276</v>
       </c>
       <c r="D8" t="s">
-        <v>206</v>
+        <v>210</v>
       </c>
       <c r="E8" t="s">
-        <v>227</v>
+        <v>231</v>
       </c>
       <c r="F8" s="5" t="s">
-        <v>273</v>
+        <v>277</v>
       </c>
       <c r="G8" t="s">
-        <v>274</v>
+        <v>278</v>
       </c>
       <c r="H8" t="s">
         <v>126</v>
       </c>
       <c r="I8" t="s">
-        <v>264</v>
+        <v>268</v>
       </c>
       <c r="K8" t="s">
-        <v>254</v>
+        <v>258</v>
       </c>
       <c r="L8" t="s">
-        <v>267</v>
+        <v>271</v>
       </c>
       <c r="M8" t="s">
-        <v>275</v>
+        <v>279</v>
       </c>
       <c r="N8" t="s">
-        <v>257</v>
+        <v>261</v>
       </c>
       <c r="O8" t="s">
-        <v>276</v>
+        <v>280</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="B2" r:id="rId_hyperlink_1"/>
     <hyperlink ref="B3" r:id="rId_hyperlink_2"/>
     <hyperlink ref="B4" r:id="rId_hyperlink_3"/>
     <hyperlink ref="B5" r:id="rId_hyperlink_4"/>
     <hyperlink ref="B6" r:id="rId_hyperlink_5"/>
     <hyperlink ref="B7" r:id="rId_hyperlink_6"/>
     <hyperlink ref="B8" r:id="rId_hyperlink_7"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
@@ -2868,447 +2909,462 @@
   </sheetPr>
   <dimension ref="A1:I1"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1:I1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="30" customWidth="true" style="0"/>
     <col min="2" max="2" width="30" customWidth="true" style="0"/>
     <col min="3" max="3" width="30" customWidth="true" style="0"/>
     <col min="4" max="4" width="30" customWidth="true" style="0"/>
     <col min="5" max="5" width="30" customWidth="true" style="0"/>
     <col min="6" max="6" width="30" customWidth="true" style="0"/>
     <col min="7" max="7" width="30" customWidth="true" style="0"/>
     <col min="8" max="8" width="30" customWidth="true" style="0"/>
     <col min="9" max="9" width="30" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:9">
       <c r="A1" s="2" t="s">
         <v>57</v>
       </c>
       <c r="B1" s="2" t="s">
-        <v>277</v>
+        <v>281</v>
       </c>
       <c r="C1" s="2" t="s">
-        <v>278</v>
+        <v>282</v>
       </c>
       <c r="D1" s="2" t="s">
-        <v>190</v>
+        <v>194</v>
       </c>
       <c r="E1" s="2" t="s">
-        <v>279</v>
+        <v>283</v>
       </c>
       <c r="F1" s="2" t="s">
-        <v>193</v>
+        <v>197</v>
       </c>
       <c r="G1" s="2" t="s">
-        <v>280</v>
+        <v>284</v>
       </c>
       <c r="H1" s="6" t="s">
-        <v>281</v>
+        <v>285</v>
       </c>
       <c r="I1" s="2" t="s">
         <v>61</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:D4"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="B4" sqref="B4"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="30" customWidth="true" style="0"/>
     <col min="2" max="2" width="30" customWidth="true" style="0"/>
     <col min="3" max="3" width="30" customWidth="true" style="0"/>
     <col min="4" max="4" width="30" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="2" t="s">
         <v>57</v>
       </c>
       <c r="B1" s="2" t="s">
-        <v>282</v>
+        <v>286</v>
       </c>
       <c r="C1" s="2" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="D1" s="2" t="s">
-        <v>283</v>
+        <v>287</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B2" s="4" t="s">
-        <v>284</v>
+        <v>288</v>
       </c>
       <c r="C2" t="s">
-        <v>285</v>
+        <v>289</v>
       </c>
       <c r="D2" t="s">
-        <v>286</v>
+        <v>290</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B3" s="4" t="s">
-        <v>287</v>
+        <v>291</v>
       </c>
       <c r="C3" t="s">
-        <v>288</v>
+        <v>292</v>
       </c>
       <c r="D3" t="s">
-        <v>286</v>
+        <v>290</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B4" s="4" t="s">
-        <v>289</v>
+        <v>293</v>
       </c>
       <c r="C4" t="s">
-        <v>290</v>
+        <v>294</v>
       </c>
       <c r="D4" t="s">
-        <v>291</v>
+        <v>295</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="B2" r:id="rId_hyperlink_1"/>
     <hyperlink ref="B3" r:id="rId_hyperlink_2"/>
     <hyperlink ref="B4" r:id="rId_hyperlink_3"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:F3"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1:F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="30" customWidth="true" style="0"/>
     <col min="2" max="2" width="30" customWidth="true" style="0"/>
     <col min="3" max="3" width="30" customWidth="true" style="0"/>
     <col min="4" max="4" width="30" customWidth="true" style="0"/>
     <col min="5" max="5" width="30" customWidth="true" style="0"/>
     <col min="6" max="6" width="30" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" s="2" t="s">
         <v>57</v>
       </c>
       <c r="B1" s="2" t="s">
-        <v>292</v>
+        <v>296</v>
       </c>
       <c r="C1" s="2" t="s">
-        <v>293</v>
+        <v>179</v>
       </c>
       <c r="D1" s="2" t="s">
-        <v>294</v>
+        <v>297</v>
       </c>
       <c r="E1" s="2" t="s">
-        <v>295</v>
+        <v>298</v>
       </c>
       <c r="F1" s="2" t="s">
-        <v>296</v>
+        <v>299</v>
       </c>
     </row>
     <row r="2" spans="1:6">
       <c r="A2" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B2" t="s">
-        <v>297</v>
+        <v>300</v>
       </c>
       <c r="C2" t="s">
-        <v>298</v>
+        <v>301</v>
       </c>
       <c r="D2" t="s">
-        <v>299</v>
+        <v>302</v>
       </c>
       <c r="E2" t="s">
-        <v>300</v>
+        <v>303</v>
       </c>
       <c r="F2" t="s">
-        <v>301</v>
+        <v>304</v>
       </c>
     </row>
     <row r="3" spans="1:6">
       <c r="A3" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B3" t="s">
         <v>112</v>
       </c>
       <c r="C3" t="s">
-        <v>298</v>
+        <v>301</v>
       </c>
       <c r="D3" t="s">
-        <v>302</v>
+        <v>305</v>
       </c>
       <c r="E3" t="s">
-        <v>300</v>
+        <v>303</v>
       </c>
       <c r="F3" t="s">
-        <v>303</v>
+        <v>306</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:E9"/>
+  <dimension ref="A1:E10"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="E9" sqref="E9"/>
+      <selection activeCell="E10" sqref="E10"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="30" customWidth="true" style="0"/>
     <col min="2" max="2" width="30" customWidth="true" style="0"/>
     <col min="3" max="3" width="30" customWidth="true" style="0"/>
     <col min="4" max="4" width="30" customWidth="true" style="0"/>
     <col min="5" max="5" width="30" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5">
       <c r="A1" s="2" t="s">
         <v>57</v>
       </c>
       <c r="B1" s="2" t="s">
+        <v>170</v>
+      </c>
+      <c r="C1" s="2" t="s">
         <v>169</v>
       </c>
-      <c r="C1" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D1" s="2" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="E1" s="2" t="s">
         <v>59</v>
       </c>
     </row>
     <row r="2" spans="1:5">
       <c r="A2" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B2" t="s">
         <v>59</v>
       </c>
       <c r="C2" t="s">
-        <v>304</v>
+        <v>307</v>
       </c>
       <c r="E2" s="4" t="s">
-        <v>305</v>
+        <v>308</v>
       </c>
     </row>
     <row r="3" spans="1:5">
       <c r="A3" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B3" t="s">
         <v>59</v>
       </c>
       <c r="C3" t="s">
-        <v>306</v>
+        <v>309</v>
       </c>
       <c r="E3" s="4" t="s">
-        <v>307</v>
+        <v>310</v>
       </c>
     </row>
     <row r="4" spans="1:5">
       <c r="A4" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B4" t="s">
-        <v>308</v>
+        <v>311</v>
       </c>
       <c r="C4" t="s">
-        <v>309</v>
+        <v>312</v>
       </c>
       <c r="D4" t="s">
-        <v>310</v>
+        <v>313</v>
       </c>
       <c r="E4" s="4" t="s">
-        <v>311</v>
+        <v>314</v>
       </c>
     </row>
     <row r="5" spans="1:5">
       <c r="A5" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B5" t="s">
         <v>59</v>
       </c>
       <c r="C5" t="s">
-        <v>312</v>
+        <v>315</v>
       </c>
       <c r="E5" s="4" t="s">
-        <v>313</v>
+        <v>316</v>
       </c>
     </row>
     <row r="6" spans="1:5">
       <c r="A6" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B6" t="s">
-        <v>308</v>
+        <v>311</v>
       </c>
       <c r="C6" t="s">
-        <v>314</v>
+        <v>317</v>
       </c>
       <c r="D6" t="s">
-        <v>315</v>
+        <v>318</v>
       </c>
       <c r="E6" s="4" t="s">
-        <v>316</v>
+        <v>319</v>
       </c>
     </row>
     <row r="7" spans="1:5">
       <c r="A7" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B7" t="s">
-        <v>317</v>
+        <v>320</v>
       </c>
       <c r="C7" t="s">
-        <v>318</v>
+        <v>321</v>
       </c>
       <c r="D7" t="s">
-        <v>319</v>
+        <v>322</v>
       </c>
     </row>
     <row r="8" spans="1:5">
       <c r="A8" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B8" t="s">
         <v>59</v>
       </c>
       <c r="C8" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="E8" s="4" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
     </row>
     <row r="9" spans="1:5">
       <c r="A9" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B9" t="s">
         <v>59</v>
       </c>
       <c r="C9" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="E9" s="4" t="s">
-        <v>174</v>
+        <v>175</v>
+      </c>
+    </row>
+    <row r="10" spans="1:5">
+      <c r="A10" t="s">
+        <v>33</v>
+      </c>
+      <c r="B10" t="s">
+        <v>59</v>
+      </c>
+      <c r="C10" t="s">
+        <v>176</v>
+      </c>
+      <c r="E10" s="4" t="s">
+        <v>177</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="E2" r:id="rId_hyperlink_1"/>
     <hyperlink ref="E3" r:id="rId_hyperlink_2"/>
     <hyperlink ref="E4" r:id="rId_hyperlink_3"/>
     <hyperlink ref="E5" r:id="rId_hyperlink_4"/>
     <hyperlink ref="E6" r:id="rId_hyperlink_5"/>
     <hyperlink ref="E8" r:id="rId_hyperlink_6"/>
     <hyperlink ref="E9" r:id="rId_hyperlink_7"/>
+    <hyperlink ref="E10" r:id="rId_hyperlink_8"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>